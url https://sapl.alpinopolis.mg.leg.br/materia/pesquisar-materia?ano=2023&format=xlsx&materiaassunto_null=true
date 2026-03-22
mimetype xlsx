--- v0 (2026-02-04)
+++ v1 (2026-03-22)
@@ -54,282 +54,282 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Rafael Henrique da Silva Freire</t>
   </si>
   <si>
-    <t>https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/9/plo_035_2023_-_abertura_de_credito_suplementar_-pronto_socorro.docx</t>
+    <t>http://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/9/plo_035_2023_-_abertura_de_credito_suplementar_-pronto_socorro.docx</t>
   </si>
   <si>
     <t>"Dispõe sobre abertura de crédito suplementar ao orçamento vigente e dá outras providências"</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/11/plo_037_2023_-_abertura_de_credito_especial_emendas.docx</t>
+    <t>http://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/11/plo_037_2023_-_abertura_de_credito_especial_emendas.docx</t>
   </si>
   <si>
     <t>"Dispõe sobre abertura de crédito especial ao orçamento vigente e dá outras providências"</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/14/plo_033_2023_-_abertura_de_credito_suplementar_-_fichas_da_saude.docx</t>
+    <t>http://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/14/plo_033_2023_-_abertura_de_credito_suplementar_-_fichas_da_saude.docx</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/15/plo_032_2023_-_abertura_de_credito_suplementar_-_poliesportivo.docx</t>
+    <t>http://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/15/plo_032_2023_-_abertura_de_credito_suplementar_-_poliesportivo.docx</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/7/plo_031_2023_-_abertura_de_credito_especial_aquisicao_de_equipamentos_escolares.docx</t>
+    <t>http://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/7/plo_031_2023_-_abertura_de_credito_especial_aquisicao_de_equipamentos_escolares.docx</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de crédito adicional especial ao orçamento vigente e dá outras providências</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/10/plo_034_2023_-_abertura_de_credito_especial_partos.docx</t>
+    <t>http://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/10/plo_034_2023_-_abertura_de_credito_especial_partos.docx</t>
   </si>
   <si>
     <t>"Dispõe sobre abertura de crédito adicional especial ao orçamento vigente e dá outras providências"</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/12/plo_036_2023_-_abertura_de_credito_especial_compra_de_carro_caps.docx</t>
+    <t>http://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/12/plo_036_2023_-_abertura_de_credito_especial_compra_de_carro_caps.docx</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.alpinopolis.mg.leg.br/media/</t>
+    <t>http://sapl.alpinopolis.mg.leg.br/media/</t>
   </si>
   <si>
     <t>"Dispõe sobre Abertura de Crédito Suplementar ao Orçamento Vigente e dá outras providências."</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>"Dispõe sobre Abertura de Crédito Especial ao Orçamento Vigente e dá outras providências."</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>"Dispõe sobre alteração da Lei nº 1.871, de 29 de julho de 2008, que institui o Fundo Municipal de Proteção ao Patrimônio Público - FUMPAC".</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>"Dispõe sobre Abertura de Crédito Adicional Especial ao Orçamento Vigente e dá outras Providências. "</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/21/plo_046_2023_-_abertura_de_credito_suplementar_-folha_de_pagamento.docx</t>
+    <t>http://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/21/plo_046_2023_-_abertura_de_credito_suplementar_-folha_de_pagamento.docx</t>
   </si>
   <si>
     <t>"Dispõe sobre abertura de crédito suplementar ao orçamento vigente e dá outras providências."</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>Alex Cavalcante</t>
   </si>
   <si>
-    <t>https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/22/projeto_de_lei_-_agosto_lila_s.pdf</t>
+    <t>http://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/22/projeto_de_lei_-_agosto_lila_s.pdf</t>
   </si>
   <si>
     <t>"Institui a campanha "Agosto Lilás", dedicado à prevenção e conscientização pelo fim da violência contra a mulher no município de Alpinópolis-MG e dá outras providências."</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Joice Santos</t>
   </si>
   <si>
-    <t>https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4/requerimento_joice_-_moradia_digna.doc</t>
+    <t>http://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4/requerimento_joice_-_moradia_digna.doc</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE O PROGRAMA MORADIA DIGNA</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/1/mocao_de_aplausos_daiane.doc</t>
+    <t>http://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/1/mocao_de_aplausos_daiane.doc</t>
   </si>
   <si>
     <t>Moção de Aplausos para a Sra. Daiane Vilela</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Cleusa Freire</t>
   </si>
   <si>
-    <t>https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/3/mocao_de_aplausos_para_toninho_da_brisa.doc</t>
+    <t>http://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/3/mocao_de_aplausos_para_toninho_da_brisa.doc</t>
   </si>
   <si>
     <t>MANIFESTA APLAUSOS AO SENHOR "TONINHO BRISA".</t>
   </si>
   <si>
     <t>Denílson Garcia</t>
   </si>
   <si>
-    <t>https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/6/mocao_de_aplausos_para_empresa_sanmariana.doc</t>
+    <t>http://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/6/mocao_de_aplausos_para_empresa_sanmariana.doc</t>
   </si>
   <si>
     <t>Manifesta Aplausos à Empresa Sanmariana.</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/8/mocao_de_aplausos_para_jovina_francisca_da_silva_pimenta..doc</t>
+    <t>http://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/8/mocao_de_aplausos_para_jovina_francisca_da_silva_pimenta..doc</t>
   </si>
   <si>
     <t>Manifesta aplausos à cidadã Jovina Francisca da Silva Pimenta</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Gabinete da Presidência - GABPRES</t>
   </si>
   <si>
-    <t>https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/2/plc_02._2023_altera_a_lc_088_servidores_vf_3.docx</t>
+    <t>http://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/2/plc_02._2023_altera_a_lc_088_servidores_vf_3.docx</t>
   </si>
   <si>
     <t>"Dispõe sobre alteração da Lei Complementar nº 088, de 23 de agosto de 2011, que permitirá o fracionamento do gozo de férias e estenderá a licença a gestante e dá outras providências"</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Aumenta o número de vagas dos cargos de provimentos efetivos de Auxiliar de Serviços Gerais, Operário e Operador de Máquinas Pesadas e dá outras providências</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/13/plc_011_-_programa_previne_brasil_correto.docx</t>
+    <t>http://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/13/plc_011_-_programa_previne_brasil_correto.docx</t>
   </si>
   <si>
     <t>"Institui gratificação por desempenho  - Programa Previne Brasil no âmbito da Secretaria de Saúde de Alpinópolis e dá outras providências"</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/5/indicacao_n.o02-2023..docx</t>
+    <t>http://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/5/indicacao_n.o02-2023..docx</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo , que crie em  nosso município o Conselho de Defesa da Causa Animal</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -636,68 +636,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/9/plo_035_2023_-_abertura_de_credito_suplementar_-pronto_socorro.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/11/plo_037_2023_-_abertura_de_credito_especial_emendas.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/14/plo_033_2023_-_abertura_de_credito_suplementar_-_fichas_da_saude.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/15/plo_032_2023_-_abertura_de_credito_suplementar_-_poliesportivo.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/7/plo_031_2023_-_abertura_de_credito_especial_aquisicao_de_equipamentos_escolares.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/10/plo_034_2023_-_abertura_de_credito_especial_partos.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/12/plo_036_2023_-_abertura_de_credito_especial_compra_de_carro_caps.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/21/plo_046_2023_-_abertura_de_credito_suplementar_-folha_de_pagamento.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/22/projeto_de_lei_-_agosto_lila_s.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4/requerimento_joice_-_moradia_digna.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/1/mocao_de_aplausos_daiane.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/3/mocao_de_aplausos_para_toninho_da_brisa.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/6/mocao_de_aplausos_para_empresa_sanmariana.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/8/mocao_de_aplausos_para_jovina_francisca_da_silva_pimenta..doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/2/plc_02._2023_altera_a_lc_088_servidores_vf_3.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/13/plc_011_-_programa_previne_brasil_correto.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/5/indicacao_n.o02-2023..docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/9/plo_035_2023_-_abertura_de_credito_suplementar_-pronto_socorro.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/11/plo_037_2023_-_abertura_de_credito_especial_emendas.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/14/plo_033_2023_-_abertura_de_credito_suplementar_-_fichas_da_saude.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/15/plo_032_2023_-_abertura_de_credito_suplementar_-_poliesportivo.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/7/plo_031_2023_-_abertura_de_credito_especial_aquisicao_de_equipamentos_escolares.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/10/plo_034_2023_-_abertura_de_credito_especial_partos.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/12/plo_036_2023_-_abertura_de_credito_especial_compra_de_carro_caps.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/21/plo_046_2023_-_abertura_de_credito_suplementar_-folha_de_pagamento.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/22/projeto_de_lei_-_agosto_lila_s.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4/requerimento_joice_-_moradia_digna.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/1/mocao_de_aplausos_daiane.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/3/mocao_de_aplausos_para_toninho_da_brisa.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/6/mocao_de_aplausos_para_empresa_sanmariana.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/8/mocao_de_aplausos_para_jovina_francisca_da_silva_pimenta..doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/2/plc_02._2023_altera_a_lc_088_servidores_vf_3.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/13/plc_011_-_programa_previne_brasil_correto.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/5/indicacao_n.o02-2023..docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="32" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="153.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="152.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="165.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>