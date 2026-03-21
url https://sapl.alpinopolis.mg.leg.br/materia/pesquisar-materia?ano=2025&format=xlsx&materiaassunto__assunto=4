--- v0 (2025-12-03)
+++ v1 (2026-03-21)
@@ -54,93 +54,93 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Rafael Henrique da Silva Freire</t>
   </si>
   <si>
-    <t>https://sapl.alpinopolis.mg.leg.br/media/</t>
+    <t>http://sapl.alpinopolis.mg.leg.br/media/</t>
   </si>
   <si>
     <t>"Dispõe sobre a revogação da lei municipal nº 2.191 de 27 de dezembro de 2018, que dispõe sobre critérios para processo de indicação dos ocupantes do cargo de diretor de escola municipal de ensino fundamental e diretor de centro de educação infantil da comunidade escolar e cria a lei municipal que indica e nomeia a função de diretor escolar e dá outras providências"</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/23/scan_20250129_125641580.pdf</t>
+    <t>http://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/23/scan_20250129_125641580.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a alteração da Lei Complementar nº 142 de 27 de dezembro de 2018, que dispõe sobre o Plano de Carreira do Magistério do Município de Alpinópolis e dá outras providências"</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/24/scan_20250129_153832446.pdf</t>
+    <t>http://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/24/scan_20250129_153832446.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre criação da Função Gratificada de Orientador Pedagógico para Educação Infantil e Ensino Fundamental I, no âmbito da rede Municipal de Educação e dá outras providências"</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/25/scan_20250130_143153121.pdf</t>
+    <t>http://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/25/scan_20250130_143153121.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação do cargo de Professor Regente de Aula em Língua Inglesa no anexo I da Lei Complementar nº 142 de 27 de dezembro de 2018 e dá outras providências"</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -447,68 +447,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/23/scan_20250129_125641580.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/24/scan_20250129_153832446.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/25/scan_20250130_143153121.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/23/scan_20250129_125641580.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/24/scan_20250129_153832446.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/25/scan_20250130_143153121.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="28.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="99.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="98.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>