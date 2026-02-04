--- v0 (2025-12-03)
+++ v1 (2026-02-04)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="471" uniqueCount="217">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="726" uniqueCount="295">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -333,50 +333,62 @@
   <si>
     <t>53</t>
   </si>
   <si>
     <t>https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/134/plo_053-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a concessão de diárias de viagens, adiantamentos e reembolsos a Servidores Públicos em Geral, Servidores Públicos ocupantes do cargo de Motorista efetivos ou contratados, Agentes Políticos, membros do Conselho Tutelar e Colaboradores Eventuais  no âmbito da Administração Direta do Município de Alpinópolis e dá outras providências"</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>"Dispõe sobre abertura de crédito adicional especial ao orçamento vigente e dá outras providências"</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
+    <t>159</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/159/plo_056-2025.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre Abertura de Crédito Adicional Especial ao Orçamento Vigente e dá outras providências."</t>
+  </si>
+  <si>
     <t>"Dispõe sobre os subsídios dos Secretários e dos Adjuntos do Município de Alpinópolis e dá outras providências"</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Sandra do Nequinha</t>
   </si>
   <si>
     <t>Requerimento à Associação dos Estudantes de Alpinópolis, com finalidade de prestar informações sobre a recente divulgação, por meio das redes sociais, acerca do possível cancelamento da verba destinada aos estudantes de Furnas.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
@@ -459,173 +471,371 @@
   <si>
     <t>Moção de Aplausos para a Senhora Antônia de Faria Ribeiro</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>Tião Neto</t>
   </si>
   <si>
     <t>"Moção de Aplausos ao 3º Sargento PM Leandro Demétrio dos Santos."</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/126/mocao_de_aplausos_joel_reis.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos para o Senhor Joel Reis.</t>
   </si>
   <si>
+    <t>137</t>
+  </si>
+  <si>
+    <t>Moção de aplausos ao Escritório Lima &amp; Lima Advogados Associados</t>
+  </si>
+  <si>
+    <t>138</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>Moção de aplausos ao escritório de Advocacia do Dr. Julgacy José Gonçalves</t>
+  </si>
+  <si>
+    <t>139</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>Moção de aplausos ao Senhor Ivan Gil, presidente do grupo VPV - Ventania Pela Vida.</t>
+  </si>
+  <si>
+    <t>140</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>Moção de aplausos à Senhora Eliane Marta de Oliveira Silva</t>
+  </si>
+  <si>
+    <t>141</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>Elaine do Pelé</t>
+  </si>
+  <si>
+    <t>Moção de aplausos ao Senhor Alcidino Azevedo</t>
+  </si>
+  <si>
+    <t>142</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>Moção de aplausos à senhora Rosimeire Cardoso Freire</t>
+  </si>
+  <si>
+    <t>143</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>Moção de aplausos à senhora Maria José de Lima</t>
+  </si>
+  <si>
+    <t>144</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>André Leonel</t>
+  </si>
+  <si>
+    <t>Moção de aplausos ao professor e treinador Michael Douglas Nascimento Reis</t>
+  </si>
+  <si>
+    <t>145</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>Moção de aplausos ao Time feminino de futebol de Alpinópolis</t>
+  </si>
+  <si>
+    <t>146</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>Moção de aplausos ao senhor Willian Ribeiro Ferreira</t>
+  </si>
+  <si>
+    <t>147</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>Moção de aplausos ao senhor Juliano Pereira de Souza</t>
+  </si>
+  <si>
+    <t>148</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>Moção de aplausos às categorias de base do esporte Alpinopolense</t>
+  </si>
+  <si>
+    <t>149</t>
+  </si>
+  <si>
+    <t>Waguinho da Cecília</t>
+  </si>
+  <si>
+    <t>Moção de aplausos ao senhor João Lucas de Paula</t>
+  </si>
+  <si>
+    <t>150</t>
+  </si>
+  <si>
+    <t>Moção de aplausos ao Senhor João Batista de Faria</t>
+  </si>
+  <si>
+    <t>151</t>
+  </si>
+  <si>
+    <t>Moção de aplausos ao Senhor Miguel Inês</t>
+  </si>
+  <si>
+    <t>152</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>Moção de aplausos ao Senhor Paulo Giovani Soares</t>
+  </si>
+  <si>
+    <t>153</t>
+  </si>
+  <si>
+    <t>Moção de aplausos ao Senhor Paulo Felipe de Oliveira</t>
+  </si>
+  <si>
+    <t>154</t>
+  </si>
+  <si>
+    <t>Moção de aplausos ao Clube Serra Verde</t>
+  </si>
+  <si>
+    <t>155</t>
+  </si>
+  <si>
+    <t>Moção de aplausos à senhora Denise das Graças Alves Gonçalves Pereira</t>
+  </si>
+  <si>
+    <t>156</t>
+  </si>
+  <si>
+    <t>Moção de aplausos à senhora Laís de Paula Santos</t>
+  </si>
+  <si>
+    <t>157</t>
+  </si>
+  <si>
+    <t>Moção de aplausos ao senhor Moisés Patrocínio Amaral</t>
+  </si>
+  <si>
+    <t>158</t>
+  </si>
+  <si>
+    <t>Moção de aplausos ao senhor Thiago Patrocínio de Oliveira</t>
+  </si>
+  <si>
     <t>70</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>"Regulamenta a prestação de contas de adiantamentos e reembolso para as despesas com viagens dos vereadores, membros da Mesa Diretora e Servidores e dá outras providências."</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>"Concede o Título de Cidadão Alpinopolense ao Excelentíssimo Senhor Deputado Estadual Raul José Belém."</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>"Concede o Título de Cidadão Alpinopolense ao Reverendíssimo Padre Sandro Henrique Almeida dos Santos."</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>"Fixa despesa para o orçamento de 2026"</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>"Concede título de cidadão alpinopolense ao Senhor Rodrigo Otavio Soares Pacheco.</t>
   </si>
   <si>
+    <t>160</t>
+  </si>
+  <si>
+    <t>"Concede o título de cidadão alpinopolense ao Senhor Dr. Luan Maturano Dutra e dá outras providências"</t>
+  </si>
+  <si>
+    <t>161</t>
+  </si>
+  <si>
+    <t>Concede título de cidadão honorário alpinopolense ao senhor Frank Ednilson de Carvalho.</t>
+  </si>
+  <si>
+    <t>162</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a concessão de título de cidadão alpinopolense a Edson Ferreira da Silva, 'Edinho da Prata'</t>
+  </si>
+  <si>
+    <t>163</t>
+  </si>
+  <si>
+    <t>Concede o título de Cidadão Alpinopolense ao Investigador da Polícia Civil, Senhor Edvaldo Júlio de Souza, e dá outras providências</t>
+  </si>
+  <si>
+    <t>164</t>
+  </si>
+  <si>
+    <t>"Concede o Título de Cidadão Alpinopolense ao Senhor Carlos José Rezende."</t>
+  </si>
+  <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/45/plo_008_2025_pdf_1.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o Programa de Recuperação de Créditos Fiscais - PROREFIS e dá outras providências."</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>14</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/73/plc_014-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação de Adicional de Regime de Sobreaviso para os servidores públicos municipais e dá outras providências"</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>18</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/87/plc_018-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Alteração da Lei Complementar nº 004/2001 e dá outras providências"</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>19</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/88/plc_019-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Alteração da Lei Complementar nº 166/2022 e dá outras providências"</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>20</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/89/plc_020-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre alteração na Lei Complementar nº 229, de 3 de junho de 2025 e dá outras providencias."</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>21</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/91/plc_021-2025.pdf</t>
   </si>
   <si>
     <t>"Aumenta o número de vaga do cargo de provimento efetivo de Gari constantes do Anexo I da Lei Complementar nº 004, de 24 de outubro de 2001."</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>"Dispõe sobre alteração da Lei Complementar nº 142/2018, que dispõe sobre o Plano de Carreiras e Remuneração do Magistério Público do Município de Alpinópolis e dá outras providências."</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/105/plc_023-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre alteração da Lei Complementar n.º 004, de 24 de outubro de 2001."</t>
   </si>
   <si>
+    <t>178</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre a alteração da Lei Complementar nº 004 de 03 de janeiro de 2001 (Plano de Carreira e Vencimentos dos Servidores Municipais)"</t>
+  </si>
+  <si>
     <t>37</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>CM - Comissão Mista</t>
   </si>
   <si>
     <t>https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/37/scan_20250206_164835854.pdf</t>
   </si>
   <si>
     <t>"Modifica a redação do artigo 27 do Projeto de Lei Complementar nº 005 de 31 de março de 2022."</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/38/scan_20250206_165321849.pdf</t>
   </si>
   <si>
     <t>"Ficam suprimidos do Projeto de Lei Complementar nº 005/2025, os artigos 20 e 24. "</t>
@@ -661,50 +871,74 @@
     <t>Emenda ao PLO 012/2025</t>
   </si>
   <si>
     <t>Modifica a redação e os artigos 1º, 2º, 4º e 5º do Projeto de Lei 012/2025</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>Emenda ao PLO 015/2025</t>
   </si>
   <si>
     <t>https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/63/scan_20250312_140726630.pdf</t>
   </si>
   <si>
     <t>"Modifica a redação do artigo 1º; 3º e 5º do Projeto de Lei nº 015 de 17 de fevereiro de 2025."</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>Emenda ao PLO 037/2025</t>
   </si>
   <si>
     <t>Emenda Aditiva do Projeto de Lei 37, de 20 de agosto de 2025 que "Dispõe sobre a consolidação das Leis que tratam dos Feriados Municipais e dá outras providências."</t>
+  </si>
+  <si>
+    <t>165</t>
+  </si>
+  <si>
+    <t>Emenda ao PL 043/2025</t>
+  </si>
+  <si>
+    <t>Emenda nº 01 ao Projeto de Lei nº 043/2025, que "Autoriza concessão de subvenções, auxílios financeiros e contribuições e contém outras providências"</t>
+  </si>
+  <si>
+    <t>166</t>
+  </si>
+  <si>
+    <t>Emenda ao PL 040/2025</t>
+  </si>
+  <si>
+    <t>Emenda nº 01 ao Projeto de Lei nº 040/2025, que "Estima a receita e fixa a despesa do Município de Alpinópolis para o exercício financeiro de 2026"</t>
+  </si>
+  <si>
+    <t>167</t>
+  </si>
+  <si>
+    <t>Emenda nº 02 ao Projeto de Lei nº 040/2025, que "Estima a receita e fixa a despesa do Município de Alpinópolis para o exercício financeiro de 2026"</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -1008,56 +1242,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/40/scan_20250210_151121107.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/41/plo_010_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/82/plo_022-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/95/plo_026_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/96/plo_027-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/97/plo_028-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/98/plo_029_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/99/plo_030_2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/100/plo_031-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/101/plo_032-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/103/plo_034-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/104/plo_035-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/108/plo_036-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/119/plo_044-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/124/plo_045-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/128/plo_048_2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/129/plo_049_2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/130/plo_050-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/131/plo_051-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/132/plo_052-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/134/plo_053-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/81/scan_20250818_163934832.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/94/mocao_de_pesar_divina_protocolado.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/107/scan_20250818_164019657.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/126/mocao_de_aplausos_joel_reis.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/45/plo_008_2025_pdf_1.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/73/plc_014-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/87/plc_018-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/88/plc_019-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/89/plc_020-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/91/plc_021-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/105/plc_023-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/37/scan_20250206_164835854.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/38/scan_20250206_165321849.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/46/scan_20250225_155408435.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/63/scan_20250312_140726630.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/40/scan_20250210_151121107.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/41/plo_010_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/82/plo_022-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/95/plo_026_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/96/plo_027-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/97/plo_028-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/98/plo_029_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/99/plo_030_2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/100/plo_031-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/101/plo_032-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/103/plo_034-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/104/plo_035-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/108/plo_036-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/119/plo_044-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/124/plo_045-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/128/plo_048_2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/129/plo_049_2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/130/plo_050-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/131/plo_051-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/132/plo_052-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/134/plo_053-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/159/plo_056-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/81/scan_20250818_163934832.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/94/mocao_de_pesar_divina_protocolado.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/107/scan_20250818_164019657.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/126/mocao_de_aplausos_joel_reis.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/45/plo_008_2025_pdf_1.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/73/plc_014-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/87/plc_018-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/88/plc_019-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/89/plc_020-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/91/plc_021-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/105/plc_023-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/37/scan_20250206_164835854.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/38/scan_20250206_165321849.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/46/scan_20250225_155408435.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/63/scan_20250312_140726630.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alpinopolis.mg.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H59"/>
+  <dimension ref="A1:H91"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="126.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="110" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -1759,849 +1993,1678 @@
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>106</v>
       </c>
       <c r="D28" t="s">
         <v>11</v>
       </c>
       <c r="E28" t="s">
         <v>12</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" s="1" t="s">
         <v>26</v>
       </c>
       <c r="H28" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>68</v>
+        <v>107</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>46</v>
+        <v>108</v>
       </c>
       <c r="D29" t="s">
         <v>11</v>
       </c>
       <c r="E29" t="s">
         <v>12</v>
       </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
       <c r="G29" s="1" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="H29" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>78</v>
+        <v>68</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>108</v>
+        <v>46</v>
       </c>
       <c r="D30" t="s">
-        <v>109</v>
+        <v>11</v>
       </c>
       <c r="E30" t="s">
-        <v>110</v>
-[...1 lines deleted...]
-      <c r="F30" t="s">
+        <v>12</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="H30" t="s">
         <v>111</v>
-      </c>
-[...4 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
+        <v>78</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>112</v>
+      </c>
+      <c r="D31" t="s">
         <v>113</v>
       </c>
-      <c r="B31" t="s">
-[...5 lines deleted...]
-      <c r="D31" t="s">
+      <c r="E31" t="s">
         <v>114</v>
       </c>
-      <c r="E31" t="s">
+      <c r="F31" t="s">
         <v>115</v>
       </c>
-      <c r="F31" t="s">
+      <c r="G31" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="H31" t="s">
         <v>116</v>
-      </c>
-[...4 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
+        <v>117</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>112</v>
+      </c>
+      <c r="D32" t="s">
         <v>118</v>
       </c>
-      <c r="B32" t="s">
-[...2 lines deleted...]
-      <c r="C32" t="s">
+      <c r="E32" t="s">
         <v>119</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
       <c r="F32" t="s">
         <v>120</v>
       </c>
       <c r="G32" s="1" t="s">
         <v>26</v>
       </c>
       <c r="H32" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>122</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>123</v>
       </c>
       <c r="D33" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="E33" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="F33" t="s">
         <v>124</v>
       </c>
       <c r="G33" s="1" t="s">
         <v>26</v>
       </c>
       <c r="H33" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>126</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>127</v>
       </c>
       <c r="D34" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="E34" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="F34" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>128</v>
+        <v>26</v>
       </c>
       <c r="H34" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>130</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>131</v>
       </c>
       <c r="D35" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="E35" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="F35" t="s">
+        <v>124</v>
+      </c>
+      <c r="G35" s="1" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="H35" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>134</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>135</v>
       </c>
       <c r="D36" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="E36" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="F36" t="s">
-        <v>111</v>
+        <v>136</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>136</v>
+        <v>26</v>
       </c>
       <c r="H36" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>138</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>139</v>
       </c>
       <c r="D37" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="E37" t="s">
+        <v>119</v>
+      </c>
+      <c r="F37" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="G37" s="1" t="s">
         <v>140</v>
       </c>
       <c r="H37" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>142</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>10</v>
+        <v>143</v>
       </c>
       <c r="D38" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="E38" t="s">
+        <v>119</v>
+      </c>
+      <c r="F38" t="s">
         <v>115</v>
       </c>
-      <c r="F38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G38" s="1" t="s">
-        <v>26</v>
+        <v>144</v>
       </c>
       <c r="H38" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>146</v>
+        <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="E39" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="F39" t="s">
-        <v>111</v>
+        <v>147</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>147</v>
+        <v>26</v>
       </c>
       <c r="H39" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>149</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
+        <v>150</v>
+      </c>
+      <c r="D40" t="s">
+        <v>118</v>
+      </c>
+      <c r="E40" t="s">
         <v>119</v>
       </c>
-      <c r="D40" t="s">
-[...2 lines deleted...]
-      <c r="E40" t="s">
+      <c r="F40" t="s">
+        <v>115</v>
+      </c>
+      <c r="G40" s="1" t="s">
         <v>151</v>
-      </c>
-[...4 lines deleted...]
-        <v>26</v>
       </c>
       <c r="H40" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>153</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>123</v>
+        <v>17</v>
       </c>
       <c r="D41" t="s">
-        <v>150</v>
+        <v>118</v>
       </c>
       <c r="E41" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="F41" t="s">
-        <v>143</v>
+        <v>115</v>
       </c>
       <c r="G41" s="1" t="s">
         <v>26</v>
       </c>
       <c r="H41" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>155</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>127</v>
+        <v>156</v>
       </c>
       <c r="D42" t="s">
-        <v>150</v>
+        <v>118</v>
       </c>
       <c r="E42" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="F42" t="s">
-        <v>143</v>
+        <v>115</v>
       </c>
       <c r="G42" s="1" t="s">
         <v>26</v>
       </c>
       <c r="H42" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>131</v>
+        <v>159</v>
       </c>
       <c r="D43" t="s">
-        <v>150</v>
+        <v>118</v>
       </c>
       <c r="E43" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="F43" t="s">
-        <v>143</v>
+        <v>136</v>
       </c>
       <c r="G43" s="1" t="s">
         <v>26</v>
       </c>
       <c r="H43" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>135</v>
+        <v>162</v>
       </c>
       <c r="D44" t="s">
-        <v>150</v>
+        <v>118</v>
       </c>
       <c r="E44" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="F44" t="s">
-        <v>143</v>
+        <v>136</v>
       </c>
       <c r="G44" s="1" t="s">
         <v>26</v>
       </c>
       <c r="H44" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>75</v>
+        <v>164</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>10</v>
+        <v>165</v>
       </c>
       <c r="D45" t="s">
-        <v>161</v>
+        <v>118</v>
       </c>
       <c r="E45" t="s">
-        <v>162</v>
+        <v>119</v>
       </c>
       <c r="F45" t="s">
-        <v>13</v>
+        <v>166</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>163</v>
+        <v>26</v>
       </c>
       <c r="H45" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
+        <v>169</v>
+      </c>
+      <c r="D46" t="s">
+        <v>118</v>
+      </c>
+      <c r="E46" t="s">
+        <v>119</v>
+      </c>
+      <c r="F46" t="s">
         <v>166</v>
       </c>
-      <c r="D46" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G46" s="1" t="s">
-        <v>167</v>
+        <v>26</v>
       </c>
       <c r="H46" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="D47" t="s">
-        <v>161</v>
+        <v>118</v>
       </c>
       <c r="E47" t="s">
-        <v>162</v>
+        <v>119</v>
       </c>
       <c r="F47" t="s">
-        <v>13</v>
+        <v>128</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>171</v>
+        <v>26</v>
       </c>
       <c r="H47" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D48" t="s">
-        <v>161</v>
+        <v>118</v>
       </c>
       <c r="E48" t="s">
-        <v>162</v>
+        <v>119</v>
       </c>
       <c r="F48" t="s">
-        <v>13</v>
+        <v>176</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>175</v>
+        <v>26</v>
       </c>
       <c r="H48" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D49" t="s">
-        <v>161</v>
+        <v>118</v>
       </c>
       <c r="E49" t="s">
-        <v>162</v>
+        <v>119</v>
       </c>
       <c r="F49" t="s">
-        <v>13</v>
+        <v>176</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>179</v>
+        <v>26</v>
       </c>
       <c r="H49" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>181</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>182</v>
       </c>
       <c r="D50" t="s">
-        <v>161</v>
+        <v>118</v>
       </c>
       <c r="E50" t="s">
-        <v>162</v>
+        <v>119</v>
       </c>
       <c r="F50" t="s">
-        <v>13</v>
+        <v>166</v>
       </c>
       <c r="G50" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="H50" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
+        <v>184</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
         <v>185</v>
       </c>
-      <c r="B51" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D51" t="s">
-        <v>161</v>
+        <v>118</v>
       </c>
       <c r="E51" t="s">
-        <v>162</v>
+        <v>119</v>
       </c>
       <c r="F51" t="s">
-        <v>13</v>
+        <v>176</v>
       </c>
       <c r="G51" s="1" t="s">
         <v>26</v>
       </c>
       <c r="H51" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>187</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>25</v>
+        <v>188</v>
       </c>
       <c r="D52" t="s">
-        <v>161</v>
+        <v>118</v>
       </c>
       <c r="E52" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>119</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>188</v>
+        <v>26</v>
       </c>
       <c r="H52" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>190</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>108</v>
+        <v>21</v>
       </c>
       <c r="D53" t="s">
+        <v>118</v>
+      </c>
+      <c r="E53" t="s">
+        <v>119</v>
+      </c>
+      <c r="F53" t="s">
         <v>191</v>
       </c>
-      <c r="E53" t="s">
+      <c r="G53" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="H53" t="s">
         <v>192</v>
-      </c>
-[...7 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
+        <v>25</v>
+      </c>
+      <c r="D54" t="s">
+        <v>118</v>
+      </c>
+      <c r="E54" t="s">
         <v>119</v>
       </c>
-      <c r="D54" t="s">
+      <c r="F54" t="s">
         <v>191</v>
       </c>
-      <c r="E54" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G54" s="1" t="s">
-        <v>197</v>
+        <v>26</v>
       </c>
       <c r="H54" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>127</v>
+        <v>29</v>
       </c>
       <c r="D55" t="s">
+        <v>118</v>
+      </c>
+      <c r="E55" t="s">
+        <v>119</v>
+      </c>
+      <c r="F55" t="s">
         <v>191</v>
       </c>
-      <c r="E55" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G55" s="1" t="s">
-        <v>201</v>
+        <v>26</v>
       </c>
       <c r="H55" t="s">
-        <v>202</v>
+        <v>196</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>203</v>
+        <v>197</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>108</v>
+        <v>198</v>
       </c>
       <c r="D56" t="s">
-        <v>204</v>
+        <v>118</v>
       </c>
       <c r="E56" t="s">
-        <v>205</v>
+        <v>119</v>
       </c>
       <c r="F56" t="s">
-        <v>200</v>
+        <v>191</v>
       </c>
       <c r="G56" s="1" t="s">
         <v>26</v>
       </c>
       <c r="H56" t="s">
-        <v>206</v>
+        <v>199</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>207</v>
+        <v>200</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>108</v>
+        <v>32</v>
       </c>
       <c r="D57" t="s">
-        <v>191</v>
+        <v>118</v>
       </c>
       <c r="E57" t="s">
-        <v>208</v>
+        <v>119</v>
       </c>
       <c r="F57" t="s">
-        <v>200</v>
+        <v>115</v>
       </c>
       <c r="G57" s="1" t="s">
         <v>26</v>
       </c>
       <c r="H57" t="s">
-        <v>209</v>
+        <v>201</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>210</v>
+        <v>202</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>108</v>
+        <v>36</v>
       </c>
       <c r="D58" t="s">
-        <v>191</v>
+        <v>118</v>
       </c>
       <c r="E58" t="s">
-        <v>211</v>
+        <v>119</v>
       </c>
       <c r="F58" t="s">
-        <v>200</v>
+        <v>136</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>212</v>
+        <v>26</v>
       </c>
       <c r="H58" t="s">
-        <v>213</v>
+        <v>203</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
+        <v>204</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>40</v>
+      </c>
+      <c r="D59" t="s">
+        <v>118</v>
+      </c>
+      <c r="E59" t="s">
+        <v>119</v>
+      </c>
+      <c r="F59" t="s">
+        <v>136</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="H59" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
+        <v>206</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>43</v>
+      </c>
+      <c r="D60" t="s">
+        <v>118</v>
+      </c>
+      <c r="E60" t="s">
+        <v>119</v>
+      </c>
+      <c r="F60" t="s">
+        <v>166</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="H60" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" t="s">
+        <v>208</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>47</v>
+      </c>
+      <c r="D61" t="s">
+        <v>118</v>
+      </c>
+      <c r="E61" t="s">
+        <v>119</v>
+      </c>
+      <c r="F61" t="s">
+        <v>166</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="H61" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62" t="s">
+        <v>210</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>51</v>
+      </c>
+      <c r="D62" t="s">
+        <v>118</v>
+      </c>
+      <c r="E62" t="s">
+        <v>119</v>
+      </c>
+      <c r="F62" t="s">
+        <v>166</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="H62" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63" t="s">
+        <v>212</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>123</v>
+      </c>
+      <c r="D63" t="s">
+        <v>213</v>
+      </c>
+      <c r="E63" t="s">
         <v>214</v>
       </c>
-      <c r="B59" t="s">
-[...8 lines deleted...]
-      <c r="E59" t="s">
+      <c r="F63" t="s">
+        <v>147</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="H63" t="s">
         <v>215</v>
       </c>
-      <c r="F59" t="s">
-[...5 lines deleted...]
-      <c r="H59" t="s">
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" t="s">
         <v>216</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>127</v>
+      </c>
+      <c r="D64" t="s">
+        <v>213</v>
+      </c>
+      <c r="E64" t="s">
+        <v>214</v>
+      </c>
+      <c r="F64" t="s">
+        <v>147</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="H64" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" t="s">
+        <v>218</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>131</v>
+      </c>
+      <c r="D65" t="s">
+        <v>213</v>
+      </c>
+      <c r="E65" t="s">
+        <v>214</v>
+      </c>
+      <c r="F65" t="s">
+        <v>147</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="H65" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" t="s">
+        <v>220</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>135</v>
+      </c>
+      <c r="D66" t="s">
+        <v>213</v>
+      </c>
+      <c r="E66" t="s">
+        <v>214</v>
+      </c>
+      <c r="F66" t="s">
+        <v>147</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="H66" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" t="s">
+        <v>222</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>139</v>
+      </c>
+      <c r="D67" t="s">
+        <v>213</v>
+      </c>
+      <c r="E67" t="s">
+        <v>214</v>
+      </c>
+      <c r="F67" t="s">
+        <v>147</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="H67" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" t="s">
+        <v>224</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>143</v>
+      </c>
+      <c r="D68" t="s">
+        <v>213</v>
+      </c>
+      <c r="E68" t="s">
+        <v>214</v>
+      </c>
+      <c r="F68" t="s">
+        <v>115</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="H68" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" t="s">
+        <v>226</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>10</v>
+      </c>
+      <c r="D69" t="s">
+        <v>213</v>
+      </c>
+      <c r="E69" t="s">
+        <v>214</v>
+      </c>
+      <c r="F69" t="s">
+        <v>166</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="H69" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" t="s">
+        <v>228</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>150</v>
+      </c>
+      <c r="D70" t="s">
+        <v>213</v>
+      </c>
+      <c r="E70" t="s">
+        <v>214</v>
+      </c>
+      <c r="F70" t="s">
+        <v>128</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="H70" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" t="s">
+        <v>230</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>17</v>
+      </c>
+      <c r="D71" t="s">
+        <v>213</v>
+      </c>
+      <c r="E71" t="s">
+        <v>214</v>
+      </c>
+      <c r="F71" t="s">
+        <v>128</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="H71" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" t="s">
+        <v>232</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>156</v>
+      </c>
+      <c r="D72" t="s">
+        <v>213</v>
+      </c>
+      <c r="E72" t="s">
+        <v>214</v>
+      </c>
+      <c r="F72" t="s">
+        <v>115</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="H72" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8">
+      <c r="A73" t="s">
+        <v>75</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>10</v>
+      </c>
+      <c r="D73" t="s">
+        <v>234</v>
+      </c>
+      <c r="E73" t="s">
+        <v>235</v>
+      </c>
+      <c r="F73" t="s">
+        <v>13</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="H73" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74" t="s">
+        <v>238</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>165</v>
+      </c>
+      <c r="D74" t="s">
+        <v>234</v>
+      </c>
+      <c r="E74" t="s">
+        <v>235</v>
+      </c>
+      <c r="F74" t="s">
+        <v>13</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="H74" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8">
+      <c r="A75" t="s">
+        <v>241</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>179</v>
+      </c>
+      <c r="D75" t="s">
+        <v>234</v>
+      </c>
+      <c r="E75" t="s">
+        <v>235</v>
+      </c>
+      <c r="F75" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="H75" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8">
+      <c r="A76" t="s">
+        <v>244</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
+        <v>182</v>
+      </c>
+      <c r="D76" t="s">
+        <v>234</v>
+      </c>
+      <c r="E76" t="s">
+        <v>235</v>
+      </c>
+      <c r="F76" t="s">
+        <v>13</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="H76" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8">
+      <c r="A77" t="s">
+        <v>247</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>185</v>
+      </c>
+      <c r="D77" t="s">
+        <v>234</v>
+      </c>
+      <c r="E77" t="s">
+        <v>235</v>
+      </c>
+      <c r="F77" t="s">
+        <v>13</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="H77" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8">
+      <c r="A78" t="s">
+        <v>250</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>188</v>
+      </c>
+      <c r="D78" t="s">
+        <v>234</v>
+      </c>
+      <c r="E78" t="s">
+        <v>235</v>
+      </c>
+      <c r="F78" t="s">
+        <v>13</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="H78" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8">
+      <c r="A79" t="s">
+        <v>253</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>21</v>
+      </c>
+      <c r="D79" t="s">
+        <v>234</v>
+      </c>
+      <c r="E79" t="s">
+        <v>235</v>
+      </c>
+      <c r="F79" t="s">
+        <v>13</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="H79" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8">
+      <c r="A80" t="s">
+        <v>255</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>25</v>
+      </c>
+      <c r="D80" t="s">
+        <v>234</v>
+      </c>
+      <c r="E80" t="s">
+        <v>235</v>
+      </c>
+      <c r="F80" t="s">
+        <v>13</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="H80" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8">
+      <c r="A81" t="s">
+        <v>258</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>43</v>
+      </c>
+      <c r="D81" t="s">
+        <v>234</v>
+      </c>
+      <c r="E81" t="s">
+        <v>235</v>
+      </c>
+      <c r="F81" t="s">
+        <v>13</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="H81" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8">
+      <c r="A82" t="s">
+        <v>260</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>112</v>
+      </c>
+      <c r="D82" t="s">
+        <v>261</v>
+      </c>
+      <c r="E82" t="s">
+        <v>262</v>
+      </c>
+      <c r="F82" t="s">
+        <v>263</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="H82" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8">
+      <c r="A83" t="s">
+        <v>266</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>123</v>
+      </c>
+      <c r="D83" t="s">
+        <v>261</v>
+      </c>
+      <c r="E83" t="s">
+        <v>262</v>
+      </c>
+      <c r="F83" t="s">
+        <v>263</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="H83" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8">
+      <c r="A84" t="s">
+        <v>269</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
+        <v>131</v>
+      </c>
+      <c r="D84" t="s">
+        <v>261</v>
+      </c>
+      <c r="E84" t="s">
+        <v>262</v>
+      </c>
+      <c r="F84" t="s">
+        <v>270</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="H84" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8">
+      <c r="A85" t="s">
+        <v>273</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
+        <v>112</v>
+      </c>
+      <c r="D85" t="s">
+        <v>274</v>
+      </c>
+      <c r="E85" t="s">
+        <v>275</v>
+      </c>
+      <c r="F85" t="s">
+        <v>270</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="H85" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8">
+      <c r="A86" t="s">
+        <v>277</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>112</v>
+      </c>
+      <c r="D86" t="s">
+        <v>261</v>
+      </c>
+      <c r="E86" t="s">
+        <v>278</v>
+      </c>
+      <c r="F86" t="s">
+        <v>270</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="H86" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8">
+      <c r="A87" t="s">
+        <v>280</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>112</v>
+      </c>
+      <c r="D87" t="s">
+        <v>261</v>
+      </c>
+      <c r="E87" t="s">
+        <v>281</v>
+      </c>
+      <c r="F87" t="s">
+        <v>270</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="H87" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8">
+      <c r="A88" t="s">
+        <v>284</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>112</v>
+      </c>
+      <c r="D88" t="s">
+        <v>261</v>
+      </c>
+      <c r="E88" t="s">
+        <v>285</v>
+      </c>
+      <c r="F88" t="s">
+        <v>263</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="H88" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8">
+      <c r="A89" t="s">
+        <v>287</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>112</v>
+      </c>
+      <c r="D89" t="s">
+        <v>261</v>
+      </c>
+      <c r="E89" t="s">
+        <v>288</v>
+      </c>
+      <c r="F89" t="s">
+        <v>147</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="H89" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8">
+      <c r="A90" t="s">
+        <v>290</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>112</v>
+      </c>
+      <c r="D90" t="s">
+        <v>261</v>
+      </c>
+      <c r="E90" t="s">
+        <v>291</v>
+      </c>
+      <c r="F90" t="s">
+        <v>147</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="H90" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8">
+      <c r="A91" t="s">
+        <v>293</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
+        <v>123</v>
+      </c>
+      <c r="D91" t="s">
+        <v>261</v>
+      </c>
+      <c r="E91" t="s">
+        <v>291</v>
+      </c>
+      <c r="F91" t="s">
+        <v>176</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="H91" t="s">
+        <v>294</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -2620,50 +3683,82 @@
     <hyperlink ref="G35" r:id="rId34"/>
     <hyperlink ref="G36" r:id="rId35"/>
     <hyperlink ref="G37" r:id="rId36"/>
     <hyperlink ref="G38" r:id="rId37"/>
     <hyperlink ref="G39" r:id="rId38"/>
     <hyperlink ref="G40" r:id="rId39"/>
     <hyperlink ref="G41" r:id="rId40"/>
     <hyperlink ref="G42" r:id="rId41"/>
     <hyperlink ref="G43" r:id="rId42"/>
     <hyperlink ref="G44" r:id="rId43"/>
     <hyperlink ref="G45" r:id="rId44"/>
     <hyperlink ref="G46" r:id="rId45"/>
     <hyperlink ref="G47" r:id="rId46"/>
     <hyperlink ref="G48" r:id="rId47"/>
     <hyperlink ref="G49" r:id="rId48"/>
     <hyperlink ref="G50" r:id="rId49"/>
     <hyperlink ref="G51" r:id="rId50"/>
     <hyperlink ref="G52" r:id="rId51"/>
     <hyperlink ref="G53" r:id="rId52"/>
     <hyperlink ref="G54" r:id="rId53"/>
     <hyperlink ref="G55" r:id="rId54"/>
     <hyperlink ref="G56" r:id="rId55"/>
     <hyperlink ref="G57" r:id="rId56"/>
     <hyperlink ref="G58" r:id="rId57"/>
     <hyperlink ref="G59" r:id="rId58"/>
+    <hyperlink ref="G60" r:id="rId59"/>
+    <hyperlink ref="G61" r:id="rId60"/>
+    <hyperlink ref="G62" r:id="rId61"/>
+    <hyperlink ref="G63" r:id="rId62"/>
+    <hyperlink ref="G64" r:id="rId63"/>
+    <hyperlink ref="G65" r:id="rId64"/>
+    <hyperlink ref="G66" r:id="rId65"/>
+    <hyperlink ref="G67" r:id="rId66"/>
+    <hyperlink ref="G68" r:id="rId67"/>
+    <hyperlink ref="G69" r:id="rId68"/>
+    <hyperlink ref="G70" r:id="rId69"/>
+    <hyperlink ref="G71" r:id="rId70"/>
+    <hyperlink ref="G72" r:id="rId71"/>
+    <hyperlink ref="G73" r:id="rId72"/>
+    <hyperlink ref="G74" r:id="rId73"/>
+    <hyperlink ref="G75" r:id="rId74"/>
+    <hyperlink ref="G76" r:id="rId75"/>
+    <hyperlink ref="G77" r:id="rId76"/>
+    <hyperlink ref="G78" r:id="rId77"/>
+    <hyperlink ref="G79" r:id="rId78"/>
+    <hyperlink ref="G80" r:id="rId79"/>
+    <hyperlink ref="G81" r:id="rId80"/>
+    <hyperlink ref="G82" r:id="rId81"/>
+    <hyperlink ref="G83" r:id="rId82"/>
+    <hyperlink ref="G84" r:id="rId83"/>
+    <hyperlink ref="G85" r:id="rId84"/>
+    <hyperlink ref="G86" r:id="rId85"/>
+    <hyperlink ref="G87" r:id="rId86"/>
+    <hyperlink ref="G88" r:id="rId87"/>
+    <hyperlink ref="G89" r:id="rId88"/>
+    <hyperlink ref="G90" r:id="rId89"/>
+    <hyperlink ref="G91" r:id="rId90"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>